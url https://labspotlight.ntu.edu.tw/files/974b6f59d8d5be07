--- v0 (2025-12-25)
+++ v1 (2026-01-26)
@@ -5,591 +5,679 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="06E3F781" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="729ABB3E" w14:textId="45E6EA60" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="51A864BE" w14:textId="247DFEAA" w:rsidR="00D97744" w:rsidRPr="00D97744" w:rsidRDefault="00D97744" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Call for proposals for joint initiatives in education and research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC37B23" w14:textId="18ADA6F5" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00D97744" w:rsidP="00D97744">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>National Taiwan University – University of St Andre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ws</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B16CE">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> – University of St Andrews</w:t>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplication </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>orm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350E403F" w14:textId="6499EE0E" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="1990875F" w14:textId="77777777" w:rsidR="00D97744" w:rsidRDefault="00D97744" w:rsidP="00AA4F5B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C000BA">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7EC37B23" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
-[...20 lines deleted...]
-    <w:p w14:paraId="2C57EE25" w14:textId="0F75D7A9" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="2C57EE25" w14:textId="3EE60668" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">One joint application must be submitted by </w:t>
       </w:r>
-      <w:r w:rsidR="00C47F0B">
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Friday, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B16CE">
+        <w:t>Monday 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00136940">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00136940">
+        <w:t xml:space="preserve"> Oct</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>5 Oct</w:t>
+        <w:t>ober</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00D51AF9">
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00D51AF9">
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>17:99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">pm </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A5F5B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>GMT+8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D80AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="000B16CE">
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>am</w:t>
+        <w:t>:00</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A5F5B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>GMT+1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">using the </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="0043284D" w:rsidRPr="000E2E05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>online submission link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. The following documents (PDF format) must be </w:t>
+        <w:t xml:space="preserve">. The following documents must be </w:t>
       </w:r>
       <w:r w:rsidR="004F7917">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>submitted</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> as part of the application:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4457C1CE" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Completed application form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B2D6CC" w14:textId="4F4313E5" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="75B2D6CC" w14:textId="17DB9732" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Curriculum vitae of </w:t>
       </w:r>
       <w:r w:rsidR="000B16CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>NTU</w:t>
       </w:r>
       <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PI</w:t>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97744">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>rincipal Investigator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E73D94" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="68E73D94" w14:textId="412F7B91" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Curriculum vitae of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00886F78">
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>UoStA</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> PI</w:t>
+        <w:t>St Andrews Principal Investigator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A323F25" w14:textId="6C90A88E" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="0A323F25" w14:textId="53723499" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Endorsement letter of </w:t>
       </w:r>
-      <w:r w:rsidR="000B16CE">
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>NTU</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00886F78">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="000B16CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> head of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00987870">
+        <w:t>NTU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> head of </w:t>
+      </w:r>
+      <w:r w:rsidR="00987870">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>department</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AD22E4" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="44AD22E4" w14:textId="5A9B617B" w:rsidR="00AA4F5B" w:rsidRPr="00886F78" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Endorsement letter of </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00886F78">
+        <w:t>Endorsement letter of</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97744">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>UoStA</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> the St Andrews</w:t>
+      </w:r>
       <w:r w:rsidRPr="00886F78">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> head of school</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4120645D" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12B70DF8" w14:textId="6B5AF171" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="12B70DF8" w14:textId="71D5A191" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD372D">
-[...10 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1. Names, titles, departments</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97744" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">schools and emails of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000B16CE" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>NTU</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD372D">
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-        <w:t>Principal Investigators and any other academic staff involved in the activities.</w:t>
+      <w:r w:rsidR="00D97744" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>St Andrews</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Principal Investigators</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97744" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, as well as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any other academic staff involved in the activities.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="7EE088B1" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="139F8FD4" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B5D7C59" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
@@ -621,62 +709,69 @@
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E3F565A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06E8F1E1" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3193F6B7" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="3193F6B7" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Type of collaborative activity </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="437"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w14:paraId="4F5AC89E" w14:textId="77777777" w:rsidTr="00DE11E4">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="146CAA3E" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00F17CB6" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
@@ -684,50 +779,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F17CB6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Intensive research seminar or workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:iCs/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="452217473"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="283" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="27CBC53F" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -746,50 +842,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F17CB6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Pedagogical workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:iCs/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-232015263"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="283" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7205E9CB" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -826,50 +923,51 @@
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F17CB6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>stay</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:iCs/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-1381391753"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="283" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="026832EF" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -883,50 +981,51 @@
           <w:p w14:paraId="4BE1AA7A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00F17CB6" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F17CB6">
               <w:t>Graduate summer/ winter programme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:iCs/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-1244709795"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="283" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2B55EC67" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -940,50 +1039,51 @@
           <w:p w14:paraId="2F8F760A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00F17CB6" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F17CB6">
               <w:t>Collaborative Online International Learning (COIL) project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:iCs/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-1882694640"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="283" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2DB02EB5" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1004,99 +1104,107 @@
               <w:t xml:space="preserve">Please specify: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1E980D" w14:textId="17EC7A24" w:rsidR="00C47F0B" w:rsidRPr="00F17CB6" w:rsidRDefault="00C47F0B" w:rsidP="0089777F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:iCs/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:id w:val="-485157597"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="283" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="22BBECD0" w14:textId="77777777" w:rsidR="00C47F0B" w:rsidRDefault="00C47F0B" w:rsidP="0089777F">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CD4EA36" w14:textId="77777777" w:rsidR="00D51AF9" w:rsidRDefault="00D51AF9" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B2877DF" w14:textId="5CB33B8B" w:rsidR="00DE11E4" w:rsidRDefault="00DE11E4" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="1B2877DF" w14:textId="5CB33B8B" w:rsidR="00DE11E4" w:rsidRPr="00D97744" w:rsidRDefault="00DE11E4" w:rsidP="00D97744">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3. United Nations Sustainable Development Goals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AE8DA9" w14:textId="662A6092" w:rsidR="00DE11E4" w:rsidRPr="00DE11E4" w:rsidRDefault="00DE11E4" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If relevant, please list up to three </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="009227B2" w:rsidRPr="009227B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -1264,73 +1372,105 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E4E2995" w14:textId="77777777" w:rsidR="00DE11E4" w:rsidRDefault="00DE11E4" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F770D2B" w14:textId="77777777" w:rsidR="00DE11E4" w:rsidRDefault="00DE11E4" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2647B92E" w14:textId="11C27D70" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00DE11E4" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="2647B92E" w14:textId="47AA84B8" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00DE11E4" w:rsidP="00D97744">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00CD372D">
-[...5 lines deleted...]
-        <w:t>. Project title and layperson abstract of the proposed project (up to 250 words)</w:t>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Project title and layperson abstract of the proposed project (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71AD1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>maximum</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 250 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="552621E7" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:trPr>
           <w:trHeight w:val="2389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2897CF23" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -1366,136 +1506,178 @@
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D97019F" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16E53097" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7185D437" w14:textId="035F4023" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00DE11E4" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="7185D437" w14:textId="035F4023" w:rsidR="00AA4F5B" w:rsidRDefault="00DE11E4" w:rsidP="00D97744">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00CD372D">
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>. Narrative description of the proposed project for a multi-school, multidisciplinary audience using the following sub-headings</w:t>
       </w:r>
-      <w:r w:rsidR="00833450">
-[...2 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00833450" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4F5B" w:rsidRPr="007D2DBA">
-[...1 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00833450" w:rsidRPr="007D2DBA">
-[...1 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00833450" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>maximum</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4F5B" w:rsidRPr="007D2DBA">
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1000 words</w:t>
       </w:r>
-      <w:r w:rsidR="00136940" w:rsidRPr="007D2DBA">
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidR="00136940" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in total</w:t>
       </w:r>
-      <w:r w:rsidR="00AA4F5B" w:rsidRPr="007D2DBA">
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362B2722" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="006D3F03" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="6433E9D8" w14:textId="77777777" w:rsidR="00D97744" w:rsidRPr="00D97744" w:rsidRDefault="00D97744" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="362B2722" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3F03">
+      <w:r w:rsidRPr="00D97744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a) Project objectives</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="6297E177" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30892595" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -1530,65 +1712,69 @@
           </w:p>
           <w:p w14:paraId="6077C354" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D8D58E3" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77B18CBC" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="717107D2" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="006D3F03" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="717107D2" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3F03">
+      <w:r w:rsidRPr="00D97744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>b) Background and previous work as appropriate</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="25EAC36B" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1846097D" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -1623,76 +1809,72 @@
           </w:p>
           <w:p w14:paraId="44F7788A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FBD22BE" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A57A508" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F62F07B" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="006D3F03" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="4F62F07B" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3F03">
+      <w:r w:rsidRPr="00D97744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-        <w:t>Specific outputs expected</w:t>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>c) Specific outputs expected</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="2A9A42F1" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21B090F4" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0DB59432" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
@@ -1724,76 +1906,72 @@
           </w:p>
           <w:p w14:paraId="498B248F" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61919F54" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51EC1795" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69517EA0" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="006D3F03" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="69517EA0" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3F03">
+      <w:r w:rsidRPr="00D97744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-        <w:t>Explanation of how you will evaluate the success of your project</w:t>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>d) Explanation of how you will evaluate the success of your project</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="7F81FC77" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7673B59C" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="500B1AAE" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
@@ -1832,76 +2010,72 @@
           </w:p>
           <w:p w14:paraId="6B1291BA" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="426D8B33" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58C4FD44" w14:textId="77777777" w:rsidR="00015B30" w:rsidRPr="00CD372D" w:rsidRDefault="00015B30" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EC7EB25" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="006D3F03" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="1EC7EB25" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006D3F03">
+      <w:r w:rsidRPr="00D97744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-        <w:t>Anticipated schedule for completion</w:t>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>e) Anticipated schedule for completion</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="7B02153B" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76949BBE" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E27B5CB" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
@@ -1940,126 +2114,164 @@
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50FC52D2" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19F57B90" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EFD7D54" w14:textId="2917245D" w:rsidR="00AA4F5B" w:rsidRPr="00015B30" w:rsidRDefault="00DE11E4" w:rsidP="00015B30">
+    <w:p w14:paraId="6EFD7D54" w14:textId="4803871B" w:rsidR="00AA4F5B" w:rsidRDefault="00D97744" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:iCs/>
-[...10 lines deleted...]
-        <w:t>. Brief description of how the project will address the selection criteria using the following subheadings:</w:t>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4F5B" w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Brief description of how the project will address the selection criteria using the following subheadings:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DBDFAA0" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00901DD7" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="44ADCB21" w14:textId="77777777" w:rsidR="00D97744" w:rsidRPr="00D97744" w:rsidRDefault="00D97744" w:rsidP="00D97744">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00901DD7">
+    </w:p>
+    <w:p w14:paraId="0DBDFAA0" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00D97744" w:rsidRDefault="00AA4F5B" w:rsidP="00D97744">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D97744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD372D">
-        <w:rPr>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB5E49">
+      <w:r w:rsidRPr="00D97744">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:color w:val="0E101A"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Partnership &amp; strategic relevance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD372D">
-[...18 lines deleted...]
-        <w:t>0 words)</w:t>
+      <w:r w:rsidRPr="00D97744">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71AD1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(maximum 150 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="6CED7AF9" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C449062" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D63EBA5" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
@@ -2084,109 +2296,70 @@
           </w:p>
           <w:p w14:paraId="7096C406" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62EB0361" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D93A162" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53A3216A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00901DD7" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="53A3216A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00C71AD1" w:rsidRDefault="00AA4F5B" w:rsidP="00C71AD1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00901DD7">
-[...49 lines deleted...]
-        <w:t>0 words)</w:t>
+      <w:r w:rsidRPr="00C71AD1">
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>b) Academic quality and innovation (maximum 150 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="66AE2897" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3445C03E" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72ECD11A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
@@ -2211,126 +2384,70 @@
           </w:p>
           <w:p w14:paraId="6C43B52D" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C8A74C2" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42581B45" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="491B0DEB" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00901DD7" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="491B0DEB" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00C71AD1" w:rsidRDefault="00AA4F5B" w:rsidP="00C71AD1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00901DD7">
-[...66 lines deleted...]
-        <w:t>0 words)</w:t>
+      <w:r w:rsidRPr="00C71AD1">
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>c) Anticipated outcomes and scalability of the project (maximum 150 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="1E93140F" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DF1C0C5" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E7D1B96" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
@@ -2355,109 +2472,95 @@
           </w:p>
           <w:p w14:paraId="19AC1E4B" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B12E2C8" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B75519A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EC845BB" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00901DD7" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="2EC845BB" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00C71AD1" w:rsidRDefault="00AA4F5B" w:rsidP="00C71AD1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:iCs/>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE278A">
+      <w:r w:rsidRPr="00C71AD1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00AB5E49">
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71AD1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:lang w:val="en-GB"/>
-[...29 lines deleted...]
-        <w:t>0 words)</w:t>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impact and legacy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71AD1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(maximum 150 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w14:paraId="35AED781" w14:textId="77777777" w:rsidTr="00B11D29">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5427E708" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="19D6FE6B" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00CD372D" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
@@ -2494,75 +2597,82 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DF98F3A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AA4F5B" w:rsidSect="00DA0A35">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:footerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49F89F8D" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="00621E18" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
+    <w:p w14:paraId="0CA32259" w14:textId="5D1C9E74" w:rsidR="00C71AD1" w:rsidRPr="00C71AD1" w:rsidRDefault="00AA4F5B" w:rsidP="00C71AD1">
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71AD1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00621E18">
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C71AD1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...10 lines deleted...]
-        <w:t>Budget and budget justification, explaining in detail all anticipated expenditures:</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Budget and budget justification, explaining in detail all anticipated expenditures</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13063" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1281"/>
         <w:gridCol w:w="9124"/>
         <w:gridCol w:w="2658"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="463B26B9" w14:textId="77777777" w:rsidTr="00015B30">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13063" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3772,53 +3882,53 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B5D4DD6" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00AA4F5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13162" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1291"/>
         <w:gridCol w:w="9193"/>
         <w:gridCol w:w="2678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="1272070C" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="1272070C" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="557FDD63" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -3886,53 +3996,53 @@
             <w:tcW w:w="2678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7CC4515B" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="56971016" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="56971016" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B851BEB" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
@@ -4012,53 +4122,53 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Amount in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GBP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="5BCBD4AB" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="5BCBD4AB" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C50F168" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
@@ -4109,53 +4219,53 @@
             <w:tcW w:w="2678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F946AA3" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="0BBA7B53" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="0BBA7B53" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35AA7BB7" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
@@ -4213,53 +4323,53 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33F9A84E" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="72F528E4" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="72F528E4" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C19E178" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
@@ -4317,53 +4427,53 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C30B0A2" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="6C8CECAE" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="6C8CECAE" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="422E9E5A" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
@@ -4421,53 +4531,53 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DBCBC35" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="0B358650" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="0B358650" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7560CE96" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4498,53 +4608,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0D081C62" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="189CBBEE" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="189CBBEE" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F6E7312" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
@@ -4602,53 +4712,53 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="419BFF44" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="39927107" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="39927107" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FE26656" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4679,53 +4789,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F9E5E3F" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="0B008A07" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="0B008A07" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="284"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4206E0BA" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4756,53 +4866,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C9A000C" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="1A7B0166" w14:textId="77777777" w:rsidTr="00015B30">
+      <w:tr w:rsidR="00AA4F5B" w:rsidRPr="000C5C58" w14:paraId="1A7B0166" w14:textId="77777777" w:rsidTr="00C71AD1">
         <w:trPr>
-          <w:trHeight w:val="569"/>
+          <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10484" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EBBF4D4" w14:textId="77777777" w:rsidR="00AA4F5B" w:rsidRDefault="00AA4F5B" w:rsidP="00B11D29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -4919,76 +5029,76 @@
             </w:pPr>
             <w:r w:rsidRPr="000C5C58">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34759610" w14:textId="77777777" w:rsidR="007660A3" w:rsidRDefault="007660A3"/>
     <w:sectPr w:rsidR="007660A3" w:rsidSect="00AA4F5B">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3F826687" w14:textId="77777777" w:rsidR="005055E7" w:rsidRDefault="005055E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1B14B2B3" w14:textId="77777777" w:rsidR="005055E7" w:rsidRDefault="005055E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -4996,119 +5106,120 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="11F7CE85" w14:textId="302415F7" w:rsidR="0043284D" w:rsidRPr="00994CA0" w:rsidRDefault="00DA0A35" w:rsidP="00C11646">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00994CA0">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-1999415062"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="006878E7" w:rsidRPr="00994CA0">
           <w:rPr>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="006878E7" w:rsidRPr="00994CA0">
           <w:rPr>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="006878E7" w:rsidRPr="00994CA0">
           <w:rPr>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
@@ -5134,51 +5245,51 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="00994CA0">
           <w:rPr>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="6ABA70E5" w14:textId="77777777" w:rsidR="0043284D" w:rsidRDefault="0043284D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13A0C609" w14:textId="79CC93C7" w:rsidR="00DA0A35" w:rsidRPr="00994CA0" w:rsidRDefault="00DA0A35" w:rsidP="00DA0A35">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:wordWrap w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00994CA0">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>Pa</w:t>
     </w:r>
     <w:r w:rsidRPr="00994CA0">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -5204,210 +5315,210 @@
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="00994CA0">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="384E329A" w14:textId="77777777" w:rsidR="00DA0A35" w:rsidRDefault="00DA0A35" w:rsidP="0008293C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="531363F9" w14:textId="77777777" w:rsidR="005055E7" w:rsidRDefault="005055E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="553959A7" w14:textId="77777777" w:rsidR="005055E7" w:rsidRDefault="005055E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08961DC2" w14:textId="165F276D" w:rsidR="00DA0A35" w:rsidRDefault="00DA0A35">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00DA0A35">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EECCFCB" wp14:editId="642EEA29">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EECCFCB" wp14:editId="38DE9818">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>3673475</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-451485</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2083435" cy="914400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 4"/>
+          <wp:docPr id="2" name="Picture 4" descr="Text and logo of University of St Andrews"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="St Andrews.png"/>
+                  <pic:cNvPr id="2" name="Picture 4" descr="Text and logo of University of St Andrews"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2083435" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00DA0A35">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4675C63C" wp14:editId="2AA056CE">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4675C63C" wp14:editId="4F03415F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-450850</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2228850" cy="971914"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="5" name="圖片 5"/>
+          <wp:docPr id="5" name="圖片 5" descr="Text and logo of National Taiwan University"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="5" name="圖片 5" descr="Text and logo of National Taiwan University"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect l="5702" t="23459" r="4658" b="21293"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2228850" cy="971914"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62B32C37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2F4D734"/>
     <w:lvl w:ilvl="0" w:tplc="87F8D63E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5484,163 +5595,168 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1670716392">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA4F5B"/>
     <w:rsid w:val="0001279C"/>
     <w:rsid w:val="00015B30"/>
     <w:rsid w:val="0008293C"/>
     <w:rsid w:val="000A74AE"/>
     <w:rsid w:val="000B16CE"/>
     <w:rsid w:val="000E2E05"/>
     <w:rsid w:val="0012398E"/>
     <w:rsid w:val="00136940"/>
     <w:rsid w:val="0016331C"/>
+    <w:rsid w:val="00190264"/>
     <w:rsid w:val="00224EA7"/>
     <w:rsid w:val="00357521"/>
     <w:rsid w:val="00374D2B"/>
     <w:rsid w:val="0043284D"/>
     <w:rsid w:val="004F7917"/>
     <w:rsid w:val="005055E7"/>
     <w:rsid w:val="005A5F5B"/>
     <w:rsid w:val="005F3C64"/>
     <w:rsid w:val="00621E18"/>
     <w:rsid w:val="00626A36"/>
     <w:rsid w:val="0063553B"/>
     <w:rsid w:val="006878E7"/>
     <w:rsid w:val="00732622"/>
     <w:rsid w:val="0074512D"/>
     <w:rsid w:val="007660A3"/>
+    <w:rsid w:val="0079586F"/>
     <w:rsid w:val="007D2DBA"/>
     <w:rsid w:val="00833450"/>
     <w:rsid w:val="008764AB"/>
     <w:rsid w:val="009227B2"/>
     <w:rsid w:val="009338A8"/>
     <w:rsid w:val="00982DD3"/>
     <w:rsid w:val="00987870"/>
     <w:rsid w:val="00992C17"/>
     <w:rsid w:val="00994CA0"/>
     <w:rsid w:val="00A4542F"/>
     <w:rsid w:val="00AA4F5B"/>
     <w:rsid w:val="00B52DB5"/>
+    <w:rsid w:val="00BD57FC"/>
     <w:rsid w:val="00BE1908"/>
     <w:rsid w:val="00C11646"/>
     <w:rsid w:val="00C47F0B"/>
     <w:rsid w:val="00C578F0"/>
+    <w:rsid w:val="00C71AD1"/>
     <w:rsid w:val="00C82589"/>
     <w:rsid w:val="00CC50C7"/>
     <w:rsid w:val="00CE278A"/>
     <w:rsid w:val="00D0391E"/>
     <w:rsid w:val="00D51AF9"/>
     <w:rsid w:val="00D80AB5"/>
+    <w:rsid w:val="00D97744"/>
     <w:rsid w:val="00DA0A35"/>
     <w:rsid w:val="00DE11E4"/>
     <w:rsid w:val="00DF2D7C"/>
     <w:rsid w:val="00E6085C"/>
     <w:rsid w:val="00F006D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1B5175E8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6A5851DB-402D-4A98-AB27-9FBC62993E9E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5998,50 +6114,137 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AA4F5B"/>
     <w:rPr>
       <w:lang w:val="cs-CZ"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D97744"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D97744"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D97744"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D97744"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -6302,55 +6505,111 @@
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00732622"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E2E05"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D97744"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D97744"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D97744"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D97744"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1003630652">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2082866513">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -6370,51 +6629,51 @@
                 <w:div w:id="1081869483">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/h2Ljd0mYVB" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdgs.un.org/goals" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/yDDnxe9zfM" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sdgs.un.org/goals" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -6693,76 +6952,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B06CE56-446E-4997-8091-7D7C2FD8EF37}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>368</Words>
-  <Characters>2104</Characters>
+  <Words>379</Words>
+  <Characters>2161</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titolo</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2468</CharactersWithSpaces>
+  <CharactersWithSpaces>2535</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Harriet Sheridan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>