--- v0 (2025-12-24)
+++ v1 (2026-01-26)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6771C08E" w14:textId="30F3A00E" w:rsidR="008D1918" w:rsidRPr="007573CD" w:rsidRDefault="000C2D5F" w:rsidP="00667AE0">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3030"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
@@ -347,139 +348,57 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>” section of the call</w:t>
             </w:r>
             <w:r w:rsidR="006D0382" w:rsidRPr="00667AE0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> for proposals</w:t>
             </w:r>
             <w:r w:rsidRPr="00667AE0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00667AE0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Hence</w:t>
-[...80 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Hence the scientific content will not be evaluated.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D92CCF1" w14:textId="77777777" w:rsidR="00EC49A2" w:rsidRPr="00D05EAC" w:rsidRDefault="00EC49A2" w:rsidP="00EC49A2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57896B57" w14:textId="3C3668BB" w:rsidR="007D1535" w:rsidRPr="00D05EAC" w:rsidRDefault="007D1535" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C837FB7" w14:textId="631C80E3" w:rsidR="006E74E1" w:rsidRPr="00D05EAC" w:rsidRDefault="006E74E1" w:rsidP="006E74E1">
@@ -505,52 +424,50 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05EAC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PIs and collaborator(s) (if any) CVs</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="5FFA2739" w14:textId="13F830C6" w:rsidR="005F037D" w:rsidRPr="00667AE0" w:rsidRDefault="005F037D" w:rsidP="008F54E9">
       <w:pPr>
         <w:pStyle w:val="afe"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00667AE0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -569,51 +486,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF2FCBF" w14:textId="77777777" w:rsidR="009E79A5" w:rsidRPr="00D05EAC" w:rsidRDefault="009E79A5" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DD70082" w14:textId="77777777" w:rsidR="006E74E1" w:rsidRPr="007D4C9C" w:rsidRDefault="009E79A5" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D4C9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>NTU Principle Investigator Information:</w:t>
+        <w:t xml:space="preserve">NTU </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D4C9C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Principle</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D4C9C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Investigator Information:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3B3BE5" w14:textId="77777777" w:rsidR="000A29FA" w:rsidRPr="009921C6" w:rsidRDefault="000A29FA" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57756A4D" w14:textId="74CD6D81" w:rsidR="006E74E1" w:rsidRPr="00D05EAC" w:rsidRDefault="00643317" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05EAC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>First n</w:t>
       </w:r>
@@ -723,51 +658,69 @@
     </w:p>
     <w:p w14:paraId="45550A00" w14:textId="77777777" w:rsidR="009E79A5" w:rsidRPr="00D05EAC" w:rsidRDefault="009E79A5" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D05EAC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UBx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D05EAC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Principle Investigator Information:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D05EAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Principle</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D05EAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Investigator Information:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6D8CEC" w14:textId="77777777" w:rsidR="006E74E1" w:rsidRPr="00D05EAC" w:rsidRDefault="006E74E1" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07C41B4B" w14:textId="7016A333" w:rsidR="009E79A5" w:rsidRPr="00D05EAC" w:rsidRDefault="00643317" w:rsidP="009E79A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05EAC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>First n</w:t>
       </w:r>
       <w:r w:rsidR="009E79A5" w:rsidRPr="00D05EAC">
@@ -894,51 +847,51 @@
     </w:p>
     <w:p w14:paraId="1298B183" w14:textId="77777777" w:rsidR="000A29FA" w:rsidRPr="00EC49A2" w:rsidRDefault="000A29FA" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="127B706C" w14:textId="20C00370" w:rsidR="00D2641D" w:rsidRPr="00EC49A2" w:rsidRDefault="006E74E1" w:rsidP="006E74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Project title:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3244F67B" w14:textId="2F7FCADF" w:rsidR="00B22FBC" w:rsidRPr="00EC49A2" w:rsidRDefault="00B22FBC" w:rsidP="00382B3E">
+    <w:p w14:paraId="3244F67B" w14:textId="5CAD606B" w:rsidR="00B22FBC" w:rsidRPr="00EC49A2" w:rsidRDefault="00B22FBC" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="006E74E1" w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>roject budget</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -952,139 +905,196 @@
         </w:rPr>
         <w:t>UBx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (up to </w:t>
       </w:r>
       <w:r w:rsidR="001171BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidR="001171BA" w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>€</w:t>
       </w:r>
+      <w:ins w:id="0" w:author="Frederic Bertrand" w:date="2025-07-17T14:57:00Z">
+        <w:r w:rsidR="005078D5">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>7,5</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="1" w:author="Frederic Bertrand" w:date="2025-07-17T14:57:00Z">
+        <w:r w:rsidRPr="00EC49A2" w:rsidDel="005078D5">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:delText>6</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>6K</w:t>
+        <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006E74E1" w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D343CC" w14:textId="5496A3DA" w:rsidR="00382B3E" w:rsidRPr="00EC49A2" w:rsidRDefault="00B22FBC" w:rsidP="00382B3E">
+    <w:p w14:paraId="73D343CC" w14:textId="4B7661ED" w:rsidR="00382B3E" w:rsidRPr="00EC49A2" w:rsidRDefault="00B22FBC" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Project budget for NTU</w:t>
       </w:r>
       <w:r w:rsidR="0086102E" w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (up to </w:t>
       </w:r>
-      <w:r w:rsidR="001171BA">
-[...5 lines deleted...]
-      </w:r>
+      <w:del w:id="2" w:author="Frederic Bertrand" w:date="2025-07-17T14:57:00Z">
+        <w:r w:rsidR="001171BA" w:rsidDel="005078D5">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:delText>NTD</w:delText>
+        </w:r>
+        <w:r w:rsidR="0086102E" w:rsidRPr="00EC49A2" w:rsidDel="005078D5">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:delText>200k</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="3" w:author="Frederic Bertrand" w:date="2025-07-17T14:57:00Z">
+        <w:r w:rsidR="005078D5">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>NTD</w:t>
+        </w:r>
+        <w:r w:rsidR="005078D5" w:rsidRPr="00EC49A2">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="005078D5">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="005078D5" w:rsidRPr="00EC49A2">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>0k</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="0086102E" w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>200k)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006E74E1" w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECB6701" w14:textId="309E59BC" w:rsidR="00EA3BBF" w:rsidRPr="00EC49A2" w:rsidRDefault="00EA3BBF" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10598"/>
+        <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D66C9" w:rsidRPr="00EC49A2" w14:paraId="7346DD9D" w14:textId="77777777" w:rsidTr="00667AE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28AAD67E" w14:textId="77777777" w:rsidR="005D66C9" w:rsidRPr="00EC49A2" w:rsidRDefault="005D66C9" w:rsidP="00BD1634">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC49A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Context of the collaboration with the partner university</w:t>
@@ -1298,51 +1308,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F331328" w14:textId="77777777" w:rsidR="005D66C9" w:rsidRPr="00EC49A2" w:rsidRDefault="005D66C9" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10603"/>
+        <w:gridCol w:w="10461"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EA3BBF" w:rsidRPr="00EC49A2" w14:paraId="2C116D06" w14:textId="77777777" w:rsidTr="00667AE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10603" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41EF8021" w14:textId="445AF6B4" w:rsidR="00EA3BBF" w:rsidRPr="00EC49A2" w:rsidRDefault="00EA3BBF" w:rsidP="00BD1634">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC49A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Objective of the project and consistency with program priorities (</w:t>
@@ -1415,51 +1425,51 @@
     <w:p w14:paraId="2EFEA6DC" w14:textId="4D0A9EE3" w:rsidR="00382B3E" w:rsidRPr="00EC49A2" w:rsidRDefault="00382B3E" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FFC182E" w14:textId="77777777" w:rsidR="00F02897" w:rsidRPr="00EC49A2" w:rsidRDefault="00F02897" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10598"/>
+        <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F02897" w:rsidRPr="00EC49A2" w14:paraId="489BE4DE" w14:textId="77777777" w:rsidTr="00667AE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7691FB32" w14:textId="7CF1F468" w:rsidR="00F02897" w:rsidRPr="00EC49A2" w:rsidRDefault="00F02897" w:rsidP="00F02897">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC49A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Description and planning of activities to be carried </w:t>
@@ -1621,51 +1631,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70BC90FD" w14:textId="0782E3D5" w:rsidR="00382B3E" w:rsidRPr="00EC49A2" w:rsidRDefault="00382B3E" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10490"/>
+        <w:gridCol w:w="10348"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F02897" w:rsidRPr="00EC49A2" w14:paraId="53061B78" w14:textId="77777777" w:rsidTr="00667AE0">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3619F5C1" w14:textId="693A45BF" w:rsidR="00F02897" w:rsidRPr="00EC49A2" w:rsidRDefault="00F02897" w:rsidP="00F02897">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC49A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
@@ -1957,51 +1967,51 @@
     </w:tbl>
     <w:p w14:paraId="1EE08C7B" w14:textId="5F775EA8" w:rsidR="00D60547" w:rsidRPr="00EC49A2" w:rsidRDefault="00D60547" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CC863BA" w14:textId="4C59B886" w:rsidR="00AE5B42" w:rsidRPr="00EC49A2" w:rsidRDefault="00AE5B42" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10490"/>
+        <w:gridCol w:w="10348"/>
       </w:tblGrid>
       <w:tr w:rsidR="003368D0" w:rsidRPr="00EC49A2" w14:paraId="16EEB00E" w14:textId="77777777" w:rsidTr="00667AE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3589D115" w14:textId="77777777" w:rsidR="003368D0" w:rsidRPr="00EC49A2" w:rsidRDefault="003368D0" w:rsidP="003368D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC49A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Have you already applied or do you intend to apply to other sources of support for this project? </w:t>
@@ -2052,53 +2062,53 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2908D74E" w14:textId="77777777" w:rsidR="003368D0" w:rsidRPr="00EC49A2" w:rsidRDefault="003368D0" w:rsidP="00382B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E97A36A" w14:textId="7EF3EE57" w:rsidR="008F3485" w:rsidRPr="00EC49A2" w:rsidRDefault="008F3485" w:rsidP="008F3485">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2783"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4984"/>
+        <w:gridCol w:w="2754"/>
+        <w:gridCol w:w="2799"/>
+        <w:gridCol w:w="4903"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C90FEE" w:rsidRPr="00EC49A2" w14:paraId="787A6C23" w14:textId="40432652" w:rsidTr="00667AE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6B21E257" w14:textId="5200B11C" w:rsidR="00C90FEE" w:rsidRPr="00EC49A2" w:rsidRDefault="00C90FEE" w:rsidP="00DE2FC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC49A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2472,53 +2482,53 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>*Please add lines as necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BACF004" w14:textId="77777777" w:rsidR="00653790" w:rsidRPr="00EC49A2" w:rsidRDefault="00653790" w:rsidP="008F3485">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2783"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4984"/>
+        <w:gridCol w:w="2756"/>
+        <w:gridCol w:w="2798"/>
+        <w:gridCol w:w="4902"/>
       </w:tblGrid>
       <w:tr w:rsidR="00334800" w:rsidRPr="00EC49A2" w14:paraId="547A2887" w14:textId="77777777" w:rsidTr="00667AE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7727FF4D" w14:textId="1854258D" w:rsidR="00334800" w:rsidRPr="00EC49A2" w:rsidRDefault="00334800" w:rsidP="00334800">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC49A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2830,76 +2840,76 @@
       </w:pPr>
       <w:r w:rsidRPr="00EC49A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>*Please add lines as necessary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004E2FE5" w:rsidRPr="00EC49A2" w:rsidSect="007D1535">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48282DB2" w14:textId="77777777" w:rsidR="00215B4B" w:rsidRDefault="00215B4B" w:rsidP="008A2A4F">
+    <w:p w14:paraId="796A7A02" w14:textId="77777777" w:rsidR="00AF0ED5" w:rsidRDefault="00AF0ED5" w:rsidP="008A2A4F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="395812B8" w14:textId="77777777" w:rsidR="00215B4B" w:rsidRDefault="00215B4B" w:rsidP="008A2A4F">
+    <w:p w14:paraId="5C1EC30E" w14:textId="77777777" w:rsidR="00AF0ED5" w:rsidRDefault="00AF0ED5" w:rsidP="008A2A4F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="font314">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -2989,57 +2999,57 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="950365451"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr>
@@ -3170,51 +3180,51 @@
             </w:r>
             <w:r w:rsidRPr="00667AE0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="31882427" w14:textId="039065BB" w:rsidR="00D140EC" w:rsidRDefault="00D140EC">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1170871373"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="894544240"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="439F80D4" w14:textId="778A89EC" w:rsidR="00933B90" w:rsidRDefault="00933B90">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -3310,196 +3320,114 @@
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00933B90">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5FAFD9EC" w14:textId="77777777" w:rsidR="00933B90" w:rsidRDefault="00933B90">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="732929F3" w14:textId="77777777" w:rsidR="00215B4B" w:rsidRDefault="00215B4B" w:rsidP="008A2A4F">
+    <w:p w14:paraId="243FA7DF" w14:textId="77777777" w:rsidR="00AF0ED5" w:rsidRDefault="00AF0ED5" w:rsidP="008A2A4F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35C7060E" w14:textId="77777777" w:rsidR="00215B4B" w:rsidRDefault="00215B4B" w:rsidP="008A2A4F">
+    <w:p w14:paraId="6487A4D1" w14:textId="77777777" w:rsidR="00AF0ED5" w:rsidRDefault="00AF0ED5" w:rsidP="008A2A4F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="24065C6F" w14:textId="7B9295E9" w:rsidR="00E05B97" w:rsidRPr="00667AE0" w:rsidRDefault="00E05B97" w:rsidP="00E05B97">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00667AE0">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
-      <w:t>NTU-</w:t>
+      <w:t xml:space="preserve">NTU-UBx Joint Seed Funding </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00667AE0">
+    <w:r w:rsidR="00A62BDB">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
-      <w:t>UBx</w:t>
+      <w:t xml:space="preserve">Project Proposal </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00667AE0">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Joint </w:t>
-[...77 lines deleted...]
-      </w:rPr>
       <w:t>Form</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="77CAC2C5" w14:textId="24B3855F" w:rsidR="00D140EC" w:rsidRDefault="00EC49A2">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
     <w:r w:rsidRPr="00FD44FA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BE78D33" wp14:editId="79A9E5B5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4448175</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-305298</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2499896" cy="659770"/>
           <wp:effectExtent l="0" t="0" r="0" b="6985"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 14" descr="C:\Users\OIA\AppData\Local\Temp\Temporary Internet Files\Content.Word\國立台灣大學校徽_PNG.PNG"/>
@@ -3608,51 +3536,51 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="389EEF5C" w14:textId="44C802B4" w:rsidR="00D140EC" w:rsidRDefault="00D140EC" w:rsidP="007909C2"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="font314"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -9845,94 +9773,104 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="49">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="50">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w15:person w15:author="Frederic Bertrand">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S-1-5-21-3808953294-4194656189-3653922618-6316"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1008" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
+  <w:revisionView w:markup="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="33793"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32AB7"/>
     <w:rsid w:val="00000658"/>
     <w:rsid w:val="00000B22"/>
     <w:rsid w:val="00004052"/>
     <w:rsid w:val="000059AB"/>
     <w:rsid w:val="00006698"/>
     <w:rsid w:val="00007266"/>
     <w:rsid w:val="00007A46"/>
     <w:rsid w:val="000117A9"/>
     <w:rsid w:val="00012909"/>
     <w:rsid w:val="000141FD"/>
+    <w:rsid w:val="00014B89"/>
     <w:rsid w:val="0001510E"/>
     <w:rsid w:val="000156AC"/>
     <w:rsid w:val="000158BA"/>
     <w:rsid w:val="00016B9D"/>
     <w:rsid w:val="00026A80"/>
     <w:rsid w:val="00030BEC"/>
     <w:rsid w:val="00031274"/>
     <w:rsid w:val="00031DB7"/>
     <w:rsid w:val="000326F8"/>
     <w:rsid w:val="00034EF1"/>
     <w:rsid w:val="00035BA0"/>
     <w:rsid w:val="00036BB9"/>
     <w:rsid w:val="00042D90"/>
     <w:rsid w:val="0004342F"/>
     <w:rsid w:val="000459DA"/>
     <w:rsid w:val="00050194"/>
     <w:rsid w:val="00052E6D"/>
     <w:rsid w:val="00054A48"/>
     <w:rsid w:val="00054ABD"/>
     <w:rsid w:val="00056F7F"/>
     <w:rsid w:val="000571F4"/>
     <w:rsid w:val="00060078"/>
     <w:rsid w:val="00061430"/>
     <w:rsid w:val="00061EB0"/>
     <w:rsid w:val="00063BBC"/>
@@ -9941,50 +9879,51 @@
     <w:rsid w:val="000661A5"/>
     <w:rsid w:val="000664AF"/>
     <w:rsid w:val="00066643"/>
     <w:rsid w:val="00070F2E"/>
     <w:rsid w:val="00071BBF"/>
     <w:rsid w:val="00071CE9"/>
     <w:rsid w:val="00075F44"/>
     <w:rsid w:val="0007626E"/>
     <w:rsid w:val="0007657B"/>
     <w:rsid w:val="000768EA"/>
     <w:rsid w:val="0007787D"/>
     <w:rsid w:val="000819EB"/>
     <w:rsid w:val="000836B3"/>
     <w:rsid w:val="00084A36"/>
     <w:rsid w:val="00092175"/>
     <w:rsid w:val="000922AF"/>
     <w:rsid w:val="00092D10"/>
     <w:rsid w:val="000930F8"/>
     <w:rsid w:val="00096AC7"/>
     <w:rsid w:val="000972F4"/>
     <w:rsid w:val="000A15AA"/>
     <w:rsid w:val="000A1CCD"/>
     <w:rsid w:val="000A29FA"/>
     <w:rsid w:val="000A4760"/>
     <w:rsid w:val="000A5AAE"/>
+    <w:rsid w:val="000A62A3"/>
     <w:rsid w:val="000A62B8"/>
     <w:rsid w:val="000A62DA"/>
     <w:rsid w:val="000A7AD7"/>
     <w:rsid w:val="000B1FE2"/>
     <w:rsid w:val="000B2964"/>
     <w:rsid w:val="000B32E2"/>
     <w:rsid w:val="000B4128"/>
     <w:rsid w:val="000B53F3"/>
     <w:rsid w:val="000B552D"/>
     <w:rsid w:val="000B5A72"/>
     <w:rsid w:val="000B5C06"/>
     <w:rsid w:val="000C0F65"/>
     <w:rsid w:val="000C2D5F"/>
     <w:rsid w:val="000C7A42"/>
     <w:rsid w:val="000D275C"/>
     <w:rsid w:val="000D2D15"/>
     <w:rsid w:val="000D3AA8"/>
     <w:rsid w:val="000D3CF4"/>
     <w:rsid w:val="000D555A"/>
     <w:rsid w:val="000D6272"/>
     <w:rsid w:val="000E367A"/>
     <w:rsid w:val="000E6BCD"/>
     <w:rsid w:val="000E7BA7"/>
     <w:rsid w:val="000F1418"/>
     <w:rsid w:val="000F54C0"/>
@@ -10313,50 +10252,51 @@
     <w:rsid w:val="004C5F4B"/>
     <w:rsid w:val="004C707E"/>
     <w:rsid w:val="004C77BB"/>
     <w:rsid w:val="004C7A42"/>
     <w:rsid w:val="004C7D94"/>
     <w:rsid w:val="004D2FDB"/>
     <w:rsid w:val="004D3D54"/>
     <w:rsid w:val="004D4E58"/>
     <w:rsid w:val="004D7BA1"/>
     <w:rsid w:val="004E076B"/>
     <w:rsid w:val="004E0882"/>
     <w:rsid w:val="004E29F9"/>
     <w:rsid w:val="004E2FE5"/>
     <w:rsid w:val="004E36F5"/>
     <w:rsid w:val="004E4476"/>
     <w:rsid w:val="004E5B53"/>
     <w:rsid w:val="004E702B"/>
     <w:rsid w:val="004F0F4B"/>
     <w:rsid w:val="004F3437"/>
     <w:rsid w:val="004F7171"/>
     <w:rsid w:val="00500501"/>
     <w:rsid w:val="00500DD1"/>
     <w:rsid w:val="005043D7"/>
     <w:rsid w:val="0050728B"/>
     <w:rsid w:val="0050744F"/>
+    <w:rsid w:val="005078D5"/>
     <w:rsid w:val="005100B2"/>
     <w:rsid w:val="005108AD"/>
     <w:rsid w:val="00510B72"/>
     <w:rsid w:val="00512B8D"/>
     <w:rsid w:val="00513739"/>
     <w:rsid w:val="005150CA"/>
     <w:rsid w:val="00515D13"/>
     <w:rsid w:val="00520EC0"/>
     <w:rsid w:val="005249C8"/>
     <w:rsid w:val="0052520E"/>
     <w:rsid w:val="005277A5"/>
     <w:rsid w:val="00531056"/>
     <w:rsid w:val="005316A5"/>
     <w:rsid w:val="00532223"/>
     <w:rsid w:val="0053250E"/>
     <w:rsid w:val="005349DB"/>
     <w:rsid w:val="00537937"/>
     <w:rsid w:val="00540188"/>
     <w:rsid w:val="00541D6C"/>
     <w:rsid w:val="00542043"/>
     <w:rsid w:val="00555D35"/>
     <w:rsid w:val="0055642D"/>
     <w:rsid w:val="005565BA"/>
     <w:rsid w:val="00556EF8"/>
     <w:rsid w:val="00560CF0"/>
@@ -10417,50 +10357,51 @@
     <w:rsid w:val="00615FF4"/>
     <w:rsid w:val="00616922"/>
     <w:rsid w:val="00617E37"/>
     <w:rsid w:val="006202E3"/>
     <w:rsid w:val="00623554"/>
     <w:rsid w:val="00624A9D"/>
     <w:rsid w:val="006263E9"/>
     <w:rsid w:val="0062734B"/>
     <w:rsid w:val="006304C8"/>
     <w:rsid w:val="00632DE2"/>
     <w:rsid w:val="00634C4A"/>
     <w:rsid w:val="00634F46"/>
     <w:rsid w:val="006352CC"/>
     <w:rsid w:val="006413D5"/>
     <w:rsid w:val="00643317"/>
     <w:rsid w:val="00644532"/>
     <w:rsid w:val="00644756"/>
     <w:rsid w:val="00653790"/>
     <w:rsid w:val="00655D1C"/>
     <w:rsid w:val="00656322"/>
     <w:rsid w:val="00660B24"/>
     <w:rsid w:val="00661700"/>
     <w:rsid w:val="0066198B"/>
     <w:rsid w:val="006627C4"/>
     <w:rsid w:val="006650CE"/>
+    <w:rsid w:val="0066527F"/>
     <w:rsid w:val="00666359"/>
     <w:rsid w:val="00667AE0"/>
     <w:rsid w:val="006703B1"/>
     <w:rsid w:val="0067141D"/>
     <w:rsid w:val="006726D2"/>
     <w:rsid w:val="00673B44"/>
     <w:rsid w:val="0068173D"/>
     <w:rsid w:val="0068281C"/>
     <w:rsid w:val="00683EAE"/>
     <w:rsid w:val="00687057"/>
     <w:rsid w:val="00690794"/>
     <w:rsid w:val="0069222C"/>
     <w:rsid w:val="0069332D"/>
     <w:rsid w:val="00693C6E"/>
     <w:rsid w:val="0069436D"/>
     <w:rsid w:val="006955F3"/>
     <w:rsid w:val="006A1AC9"/>
     <w:rsid w:val="006A6943"/>
     <w:rsid w:val="006A7271"/>
     <w:rsid w:val="006B0203"/>
     <w:rsid w:val="006B2451"/>
     <w:rsid w:val="006B37C5"/>
     <w:rsid w:val="006B3DDA"/>
     <w:rsid w:val="006B6C40"/>
     <w:rsid w:val="006C29DB"/>
@@ -10809,50 +10750,51 @@
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3FBB"/>
     <w:rsid w:val="00AC45F5"/>
     <w:rsid w:val="00AC5E1C"/>
     <w:rsid w:val="00AD002C"/>
     <w:rsid w:val="00AD0454"/>
     <w:rsid w:val="00AD0548"/>
     <w:rsid w:val="00AD464F"/>
     <w:rsid w:val="00AD481D"/>
     <w:rsid w:val="00AD6C5F"/>
     <w:rsid w:val="00AD7815"/>
     <w:rsid w:val="00AD7872"/>
     <w:rsid w:val="00AD7BC3"/>
     <w:rsid w:val="00AE0232"/>
     <w:rsid w:val="00AE0A08"/>
     <w:rsid w:val="00AE0A1A"/>
     <w:rsid w:val="00AE3A31"/>
     <w:rsid w:val="00AE462D"/>
     <w:rsid w:val="00AE4844"/>
     <w:rsid w:val="00AE5056"/>
     <w:rsid w:val="00AE5B42"/>
     <w:rsid w:val="00AE7380"/>
     <w:rsid w:val="00AE78AC"/>
     <w:rsid w:val="00AE7C6A"/>
     <w:rsid w:val="00AF04BC"/>
+    <w:rsid w:val="00AF0ED5"/>
     <w:rsid w:val="00AF1535"/>
     <w:rsid w:val="00AF2468"/>
     <w:rsid w:val="00AF3253"/>
     <w:rsid w:val="00B0033D"/>
     <w:rsid w:val="00B013DD"/>
     <w:rsid w:val="00B01FEE"/>
     <w:rsid w:val="00B02F58"/>
     <w:rsid w:val="00B04BDC"/>
     <w:rsid w:val="00B07BF8"/>
     <w:rsid w:val="00B10CBF"/>
     <w:rsid w:val="00B14401"/>
     <w:rsid w:val="00B14BFF"/>
     <w:rsid w:val="00B15834"/>
     <w:rsid w:val="00B17CB3"/>
     <w:rsid w:val="00B17DF6"/>
     <w:rsid w:val="00B22FBC"/>
     <w:rsid w:val="00B23B60"/>
     <w:rsid w:val="00B24D60"/>
     <w:rsid w:val="00B256E5"/>
     <w:rsid w:val="00B2732B"/>
     <w:rsid w:val="00B303B9"/>
     <w:rsid w:val="00B30C02"/>
     <w:rsid w:val="00B30C66"/>
     <w:rsid w:val="00B335CB"/>
     <w:rsid w:val="00B336CD"/>
@@ -10951,50 +10893,51 @@
     <w:rsid w:val="00C54AF5"/>
     <w:rsid w:val="00C55FE5"/>
     <w:rsid w:val="00C56187"/>
     <w:rsid w:val="00C56DCB"/>
     <w:rsid w:val="00C62394"/>
     <w:rsid w:val="00C62DDF"/>
     <w:rsid w:val="00C63274"/>
     <w:rsid w:val="00C63CF2"/>
     <w:rsid w:val="00C64300"/>
     <w:rsid w:val="00C6644B"/>
     <w:rsid w:val="00C7175F"/>
     <w:rsid w:val="00C71A89"/>
     <w:rsid w:val="00C71CB8"/>
     <w:rsid w:val="00C7227E"/>
     <w:rsid w:val="00C73FD9"/>
     <w:rsid w:val="00C75F91"/>
     <w:rsid w:val="00C77592"/>
     <w:rsid w:val="00C82C30"/>
     <w:rsid w:val="00C82F93"/>
     <w:rsid w:val="00C83B8E"/>
     <w:rsid w:val="00C875C2"/>
     <w:rsid w:val="00C90FEE"/>
     <w:rsid w:val="00C91773"/>
     <w:rsid w:val="00C92418"/>
     <w:rsid w:val="00C94FC9"/>
+    <w:rsid w:val="00CA351B"/>
     <w:rsid w:val="00CA37E5"/>
     <w:rsid w:val="00CA5039"/>
     <w:rsid w:val="00CA6A02"/>
     <w:rsid w:val="00CA6EF9"/>
     <w:rsid w:val="00CA715D"/>
     <w:rsid w:val="00CB2606"/>
     <w:rsid w:val="00CB4BD4"/>
     <w:rsid w:val="00CB5E16"/>
     <w:rsid w:val="00CB6248"/>
     <w:rsid w:val="00CB6A6A"/>
     <w:rsid w:val="00CC0626"/>
     <w:rsid w:val="00CC5E37"/>
     <w:rsid w:val="00CD001A"/>
     <w:rsid w:val="00CD043E"/>
     <w:rsid w:val="00CD1F90"/>
     <w:rsid w:val="00CD545D"/>
     <w:rsid w:val="00CE08BF"/>
     <w:rsid w:val="00CE3E68"/>
     <w:rsid w:val="00CE5107"/>
     <w:rsid w:val="00CE7EF6"/>
     <w:rsid w:val="00CF0DD5"/>
     <w:rsid w:val="00D01944"/>
     <w:rsid w:val="00D01FFE"/>
     <w:rsid w:val="00D05EAC"/>
     <w:rsid w:val="00D06EEE"/>
@@ -11243,74 +11186,74 @@
     <w:rsid w:val="00FE2351"/>
     <w:rsid w:val="00FE546B"/>
     <w:rsid w:val="00FE7B71"/>
     <w:rsid w:val="00FF1334"/>
     <w:rsid w:val="00FF2C93"/>
     <w:rsid w:val="00FF3339"/>
     <w:rsid w:val="00FF4A95"/>
     <w:rsid w:val="00FF5D7D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="33793"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67C06025"/>
   <w15:docId w15:val="{A3EE083E-002A-4A03-8DF5-CDA0F671C417}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11636,50 +11579,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a0">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A2A4F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:right="197"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bell MT" w:hAnsi="Bell MT" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a0"/>
     <w:next w:val="a0"/>
     <w:qFormat/>
     <w:rsid w:val="007C394D"/>
@@ -13641,51 +13585,51 @@
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aff1">
     <w:name w:val="引文 字元"/>
     <w:link w:val="aff0"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="0050744F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="37055704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="46030586">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14105,51 +14049,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2131628810">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -14394,74 +14338,74 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85F2C36B-ED73-4199-BF98-C65647FE66B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>486</Words>
-  <Characters>2775</Characters>
+  <Words>488</Words>
+  <Characters>2783</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>NTU-UBx Joint Seed Funding Application Form</vt:lpstr>
       <vt:lpstr>modèle de document</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Bordeaux Segalen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3255</CharactersWithSpaces>
+  <CharactersWithSpaces>3265</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NTU-UBx Joint Seed Funding Application Form</dc:title>
   <dc:creator>jenniferwang@ntu.edu.tw</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>